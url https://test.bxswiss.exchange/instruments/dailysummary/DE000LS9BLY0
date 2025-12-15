--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bc5bea4c654c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc969bedddda6480b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e3622ba78b487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R453415faefa14e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087f03ded9354166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e3622ba78b487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re874e2fa3e5b4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R453415faefa14e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>156,622</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,610</x:t>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>