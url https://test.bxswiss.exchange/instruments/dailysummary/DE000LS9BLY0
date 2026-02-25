--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc969bedddda6480b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1496d6ba1c46495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R453415faefa14e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R306ebef15b634090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re874e2fa3e5b4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R453415faefa14e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965654243cf241e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R306ebef15b634090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>160,633</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>