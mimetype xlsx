--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8f97d851564655" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0119dc7f541749d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62c263af21f4dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2df3d23f4d47b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03ad5bc351b34fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62c263af21f4dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7ddd1a9f3740be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2df3d23f4d47b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz und Kontinuität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.231,224</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>