--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0119dc7f541749d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2230df146ff4c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2df3d23f4d47b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd282cbb5c8f746d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7ddd1a9f3740be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2df3d23f4d47b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82376e0921b4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd282cbb5c8f746d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz und Kontinuität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.168,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.178,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.159,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.177,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.158,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.171,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.157,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.162,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>