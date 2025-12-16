--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa5581343d64f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385872281b0c4d34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429f72dbc292424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8306f7be4bcc49f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd162d92261a4447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429f72dbc292424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7121db79888473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8306f7be4bcc49f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>238,346</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>