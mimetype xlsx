--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385872281b0c4d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc33583f264c40dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8306f7be4bcc49f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba4b4bce0a2c4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7121db79888473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8306f7be4bcc49f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31b462c42e24147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba4b4bce0a2c4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber Majors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>