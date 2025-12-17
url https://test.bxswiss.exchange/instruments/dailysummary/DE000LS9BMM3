--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef1f0654fc54836" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3019836d66264a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27ecb473c2e430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9585244dcc4d4e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbea088244f604c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27ecb473c2e430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d93e4ab4874269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9585244dcc4d4e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Breakout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>16,728</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>16,924</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>