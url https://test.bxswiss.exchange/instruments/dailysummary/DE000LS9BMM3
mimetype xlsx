--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3019836d66264a25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra638e4f1bbe7492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9585244dcc4d4e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe555e400c24860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d93e4ab4874269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9585244dcc4d4e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0f12170b61b4b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe555e400c24860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Breakout</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>16,515</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,510</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>16,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,559</x:t>
-[...453 lines deleted...]
-          <x:t>16,688</x:t>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,685</x:t>
-[...26 lines deleted...]
-          <x:t>16,679</x:t>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>