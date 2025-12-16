--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81867d7cc70e457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6c1bfb898c4c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b58471d48d4d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcdac360e1324305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62bcb006c04a4c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b58471d48d4d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c28ecb5a2a64349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcdac360e1324305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmekandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>172,690</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,259</x:t>
-[...296 lines deleted...]
-          <x:t>171,492</x:t>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,684</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>172,276</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,255</x:t>
-[...188 lines deleted...]
-          <x:t>172,408</x:t>
+          <x:t>172,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>