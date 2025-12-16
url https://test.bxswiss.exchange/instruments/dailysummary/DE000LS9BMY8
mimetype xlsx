--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1194d8bbbdbc4d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29033724434f41cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639a0da16a8c43e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e09d13a70164b16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906c5a1bba5f4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639a0da16a8c43e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ccd9649fd8a4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e09d13a70164b16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>342,629</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>