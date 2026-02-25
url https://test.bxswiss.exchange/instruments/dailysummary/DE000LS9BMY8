--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29033724434f41cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c0b644c3b947e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e09d13a70164b16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7c99a51ce24d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ccd9649fd8a4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e09d13a70164b16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43d9c244cb643b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7c99a51ce24d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsstarke Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BMY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>