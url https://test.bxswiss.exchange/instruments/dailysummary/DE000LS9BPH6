--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e2f5bbf9004740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebed6ba19555434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd353b85b2b47a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b997c80abd4e9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629b07aa1b8745b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd353b85b2b47a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8ecbe1588f4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b997c80abd4e9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround Aktien Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>213,276</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>