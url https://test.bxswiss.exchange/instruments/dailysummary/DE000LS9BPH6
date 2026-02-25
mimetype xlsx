--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebed6ba19555434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ff83f020a74da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b997c80abd4e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R607ea142e19542ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8ecbe1588f4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b997c80abd4e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1dc16249ff40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R607ea142e19542ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround Aktien Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>