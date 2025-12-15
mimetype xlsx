--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2687b9b64d514e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51368a2214884c51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re91092b824c54688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc31a5f734294f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa32d3c0b824d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re91092b824c54688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9502ad13cc1947d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc31a5f734294f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,864</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>