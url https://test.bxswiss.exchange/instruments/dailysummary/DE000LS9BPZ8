--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51368a2214884c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a44bd06f9c4eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc31a5f734294f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5ad052f4ef7467d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9502ad13cc1947d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc31a5f734294f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b186db9a75a4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5ad052f4ef7467d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BPZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>102,843</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>