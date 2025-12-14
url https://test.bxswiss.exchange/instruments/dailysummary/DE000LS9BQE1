--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0b6afbfd9342b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed2ed1ac6e34cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8833650c437c432c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a46f032dbc43fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647e8b5bed274721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8833650c437c432c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19bfa51f8f5c477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a46f032dbc43fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstars Europa B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>229,957</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>229,957</x:t>
-[...85 lines deleted...]
-          <x:t>235,969</x:t>
+          <x:t>235,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>