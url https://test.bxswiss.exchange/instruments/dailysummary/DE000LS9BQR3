--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R944de284ead74468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b50c2480b4243da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8962a37df8f4b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3191aa6dd78242f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a1fd138c7e840ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8962a37df8f4b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba6017e8a8904d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3191aa6dd78242f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound Aktien spekulativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>103,630</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,400</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>103,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>