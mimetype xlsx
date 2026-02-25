--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b50c2480b4243da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a73dd58862844cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3191aa6dd78242f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6162c755424ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba6017e8a8904d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3191aa6dd78242f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd4b70ce2354638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6162c755424ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebound Aktien spekulativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>103,205</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,952</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>103,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>