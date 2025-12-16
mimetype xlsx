--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad342ae2e8164941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b01679645846d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d1bb6d12824a3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd50869ba1be4348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c699d2596e4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d1bb6d12824a3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5747bc2602464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd50869ba1be4348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,418</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>