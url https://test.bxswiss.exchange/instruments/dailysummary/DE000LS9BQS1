--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b01679645846d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3adba42db06a465c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd50869ba1be4348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b2ae7d8affa40d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5747bc2602464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd50869ba1be4348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028e2f03ae464d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b2ae7d8affa40d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KBV &lt; 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>153,784</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,474</x:t>
-[...112 lines deleted...]
-          <x:t>148,623</x:t>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>