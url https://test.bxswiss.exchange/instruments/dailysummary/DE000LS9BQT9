--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84540bbebb74847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5da2aa82f134796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23941d0febcd405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc460ce7ced744a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7884ab4010a4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23941d0febcd405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75181fcb0654368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc460ce7ced744a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ OUTGROW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>247,766</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>