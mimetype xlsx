--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b2735dbae74e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4a78f2269044a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d32bc63d4f54ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a704af0a974eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd68b62d8da4f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d32bc63d4f54ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60630a060a7f4460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a704af0a974eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,486</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>