--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4a78f2269044a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb41952abac4989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a704af0a974eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ae3b05c89b24c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60630a060a7f4460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a704af0a974eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f74c8675cf4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ae3b05c89b24c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Immobilienaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>95,437</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,117</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>