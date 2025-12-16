--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86bc62f2ac7745c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501df710268d429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b09e76a7b942a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff28f41ffac460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406419192637408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b09e76a7b942a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b7784f41a34c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff28f41ffac460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>53,237</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,195</x:t>
-[...519 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,094</x:t>
-[...63 lines deleted...]
-          <x:t>53,075</x:t>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>