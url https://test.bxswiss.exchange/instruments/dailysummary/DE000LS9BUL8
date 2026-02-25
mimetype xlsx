--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501df710268d429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3302176bc44ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff28f41ffac460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c6d3c7ac4ef4401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b7784f41a34c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff28f41ffac460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf27a863ccb64bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c6d3c7ac4ef4401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge MIB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>52,684</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,599</x:t>
-[...33 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>52,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,790</x:t>
-[...414 lines deleted...]
-          <x:t>52,940</x:t>
+          <x:t>52,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>