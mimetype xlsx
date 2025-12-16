--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a6d80a4fa8459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d60da4639224768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ceb3bf8db34193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9172405a6f0a4caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4deb427169b642b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ceb3bf8db34193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba2b6917a1ac4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9172405a6f0a4caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>172,876</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>