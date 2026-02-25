--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d60da4639224768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbed66dfcdf943d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9172405a6f0a4caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2a49f977ed4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba2b6917a1ac4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9172405a6f0a4caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb4b95f6271445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2a49f977ed4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BUX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>166,164</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,003</x:t>
-[...247 lines deleted...]
-          <x:t>166,287</x:t>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>