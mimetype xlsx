--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e8e31920ea8491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945765ceacd84991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c083172d1144ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a824c9a2fe5453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R044e72f2352c47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c083172d1144ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e73fa438b1e4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a824c9a2fe5453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienhändler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>88,601</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,511</x:t>
-[...355 lines deleted...]
-          <x:t>88,709</x:t>
+          <x:t>88,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>