--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945765ceacd84991" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2653dada844b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a824c9a2fe5453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34884f7cc35740b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e73fa438b1e4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a824c9a2fe5453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05c7eac035344f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34884f7cc35740b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienhändler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>88,232</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,116</x:t>
-[...404 lines deleted...]
-          <x:t>88,483</x:t>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>