--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441e20157c6946ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10e85ae7b194a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26468fd1676466e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aab8256164e4d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07d24fe4ae44979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26468fd1676466e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996d1cb8b77445fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aab8256164e4d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig Market Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,944</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>