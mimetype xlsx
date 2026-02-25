--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10e85ae7b194a63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf5cb212ebe4ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aab8256164e4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7eccb870cde45d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996d1cb8b77445fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aab8256164e4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7393eeb4c0464467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7eccb870cde45d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristig Market Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BVL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>