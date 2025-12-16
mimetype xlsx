--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6877287b9c4e4eec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcb227bc03c4242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918111a4a74742e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e5e8f6c4864ec8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be48cd517044d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918111a4a74742e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1f0f5237dd468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e5e8f6c4864ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Europäische Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>122,956</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>