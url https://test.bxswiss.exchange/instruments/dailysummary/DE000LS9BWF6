--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcb227bc03c4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383ab87b12cf47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e5e8f6c4864ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055b9e8aa7364ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1f0f5237dd468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e5e8f6c4864ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97e68b2fee94366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055b9e8aa7364ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Europäische Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>