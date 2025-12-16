--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red01cef9dc1d4eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486121e8c5984158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde62caac8de64d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff47d737035438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36cce40472e14ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde62caac8de64d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f10a9f3a8d4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff47d737035438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>610,478</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>