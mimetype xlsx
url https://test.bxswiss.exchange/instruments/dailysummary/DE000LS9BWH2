--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486121e8c5984158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1addd603422d42ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcff47d737035438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85735aa42514b70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f10a9f3a8d4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcff47d737035438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c13b9000fd44f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85735aa42514b70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H.B. Kneis Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>559,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>559,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>