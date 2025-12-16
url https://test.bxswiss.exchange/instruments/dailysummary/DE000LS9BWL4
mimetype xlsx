--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8fc4b606884b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e56f84514d4661" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43dcda48539e4e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38b9f26ff7f4234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2424397030af4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43dcda48539e4e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e452c2286b44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38b9f26ff7f4234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,417</x:t>
-[...225 lines deleted...]
-          <x:t>210,679</x:t>
+          <x:t>198,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>