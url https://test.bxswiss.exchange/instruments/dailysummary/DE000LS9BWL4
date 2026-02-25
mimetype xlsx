--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e56f84514d4661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c4f9fe9e0b4f39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38b9f26ff7f4234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R643618b1c2584a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e452c2286b44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38b9f26ff7f4234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc124e60a704047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R643618b1c2584a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Economy -55-</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>