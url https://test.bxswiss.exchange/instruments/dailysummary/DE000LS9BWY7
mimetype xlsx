--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809911d24dd146d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca968512fe414ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31edddbcc5344883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651bb126dacc45b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88352565a3304c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31edddbcc5344883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d238bfef8c4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651bb126dacc45b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>121,831</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>