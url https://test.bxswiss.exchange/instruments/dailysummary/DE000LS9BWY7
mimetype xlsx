--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca968512fe414ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7683e6d2929c4790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651bb126dacc45b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d032e50bee4736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d238bfef8c4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651bb126dacc45b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc766f1da08642d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d032e50bee4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BWY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>117,602</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,267</x:t>
-[...355 lines deleted...]
-          <x:t>119,028</x:t>
+          <x:t>118,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>