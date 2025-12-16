--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4daaa217906442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102f520d6c294128" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696b323217064182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc3cf641e5e42c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d69c78cf20342a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696b323217064182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26833a1941324c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc3cf641e5e42c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>226,324</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>226,070</x:t>
+          <x:t>224,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>