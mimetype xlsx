--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102f520d6c294128" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17a8eb6993e4483" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc3cf641e5e42c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R692f02fe5dd0409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26833a1941324c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc3cf641e5e42c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23651e99b0341cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R692f02fe5dd0409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Norddeutschland Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>225,462</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>225,324</x:t>
-[...377 lines deleted...]
-          <x:t>225,496</x:t>
+          <x:t>225,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>