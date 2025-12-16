--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3244d0ca93f44d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3cfc0b8a9d4c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef3c5f8f0dd4c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617189dbf58040b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d26e05f2ba414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef3c5f8f0dd4c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1726ab8e6a2a4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617189dbf58040b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,664</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>