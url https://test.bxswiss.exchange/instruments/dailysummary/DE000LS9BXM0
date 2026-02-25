--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3cfc0b8a9d4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6153eaffb41c4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617189dbf58040b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4805ff5ec77a490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1726ab8e6a2a4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617189dbf58040b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb740923fe027465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4805ff5ec77a490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Logistics001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>