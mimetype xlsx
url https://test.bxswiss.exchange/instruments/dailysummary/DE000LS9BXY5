--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2aee222961431b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd168de5e9d9f4c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfcf8fadf9484361"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R667082f423124dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e105ba87966478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfcf8fadf9484361" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4af487d1764243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R667082f423124dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Süddeutscher Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>194,502</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,304</x:t>
-[...355 lines deleted...]
-          <x:t>194,737</x:t>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>