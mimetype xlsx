--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd168de5e9d9f4c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf337a93c6e804474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R667082f423124dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7f517d7b04986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4af487d1764243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R667082f423124dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R302b32807d584118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7f517d7b04986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Süddeutscher Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BXY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>