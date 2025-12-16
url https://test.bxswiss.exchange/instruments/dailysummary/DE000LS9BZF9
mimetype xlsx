--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069eef54a88f4230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e19f95d0264157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d55689e03d45c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a39fc4732304fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7340bb18f94f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d55689e03d45c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c9447464a94ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a39fc4732304fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>221,562</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>