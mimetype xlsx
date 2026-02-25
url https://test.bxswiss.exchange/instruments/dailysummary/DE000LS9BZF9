--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e19f95d0264157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf59c65c4d24efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a39fc4732304fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7e2381df924def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c9447464a94ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a39fc4732304fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ed021508ec4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7e2381df924def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZeroX -Special Invest- Passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>