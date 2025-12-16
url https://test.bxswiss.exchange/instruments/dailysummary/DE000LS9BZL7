--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daba9fa281b4273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a9a8838a5534802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69776437297c4895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e8cee6663c40d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a8b5a0fcb0d488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69776437297c4895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c71fdedd2664695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e8cee6663c40d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>94,499</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,289</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>94,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>