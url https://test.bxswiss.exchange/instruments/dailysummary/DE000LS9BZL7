--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a9a8838a5534802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb860b702c9f04478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e8cee6663c40d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33da5ae4b47e4b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c71fdedd2664695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e8cee6663c40d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127185d1c51c4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33da5ae4b47e4b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BZL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>94,021</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,897</x:t>
-[...404 lines deleted...]
-          <x:t>94,289</x:t>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>