--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc205cfe24e41d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f04d6478ff4eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdfb8e1a0ab84e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29eecc688577490f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9e044852df46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdfb8e1a0ab84e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc5ce7192114290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29eecc688577490f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VERA Aktien Europa 4 Ind-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,944</x:t>
-[...16 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,057</x:t>
-[...112 lines deleted...]
-          <x:t>58,875</x:t>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,916</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>58,871</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,791</x:t>
-[...274 lines deleted...]
-          <x:t>59,084</x:t>
+          <x:t>58,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>