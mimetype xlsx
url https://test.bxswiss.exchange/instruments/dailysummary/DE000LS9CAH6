--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f04d6478ff4eeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e451653f0a140c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29eecc688577490f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43057648a19428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc5ce7192114290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29eecc688577490f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a541ffba514525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43057648a19428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VERA Aktien Europa 4 Ind-Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CAH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>58,925</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,889</x:t>
-[...70 lines deleted...]
-          <x:t>58,824</x:t>
+          <x:t>58,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>58,882</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,799</x:t>
-[...269 lines deleted...]
-          <x:t>58,934</x:t>
+          <x:t>58,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>