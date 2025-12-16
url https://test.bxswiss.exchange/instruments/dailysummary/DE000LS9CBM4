--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1959458c83d04eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R263816bea1bb42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b53bb05bde54bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56711559ca6544ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536dfe38066f45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b53bb05bde54bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635070fd49a541f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56711559ca6544ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>473,879</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>