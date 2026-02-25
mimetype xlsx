--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R263816bea1bb42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff17633842874826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56711559ca6544ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R018f74b9155b4310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635070fd49a541f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56711559ca6544ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45c95b6d3974b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R018f74b9155b4310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft's-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CBM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>