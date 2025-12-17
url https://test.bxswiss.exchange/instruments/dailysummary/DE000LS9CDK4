--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff172f115024927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251bf1d73aea4d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff1b4716dfd4b1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2181bbeee14c99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25092ec50b24409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff1b4716dfd4b1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868177058c1d4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2181bbeee14c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>238,779</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>