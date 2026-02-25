--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251bf1d73aea4d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f171c13a144838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2181bbeee14c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dee8a80e5d4d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868177058c1d4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2181bbeee14c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f4209fa381475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dee8a80e5d4d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grossee, nachhaltige Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>