--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c8cbe5fcb84094" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad562bb7d1c94bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38dc8274990f4b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638e18098e35400d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ef72f6c1de489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38dc8274990f4b82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb510db9ac3244c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638e18098e35400d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>246,806</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>246,219</x:t>
-[...463 lines deleted...]
-          <x:t>243,439</x:t>
+          <x:t>247,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>