--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad562bb7d1c94bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b66ad676bf4c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638e18098e35400d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218a09efec5e4708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb510db9ac3244c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638e18098e35400d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aea4397e25647c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218a09efec5e4708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Valueaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CDM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,829</x:t>
-[...36 lines deleted...]
-          <x:t>249,024</x:t>
+          <x:t>250,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>