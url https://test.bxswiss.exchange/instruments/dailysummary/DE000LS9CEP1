--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae978dc7612e423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1701ff1a3eb041d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cecc1d4bdbe4a5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb99f77b57bfc4b71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0452766bb3e441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cecc1d4bdbe4a5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0448070246d4a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb99f77b57bfc4b71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of the Dow Low Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CEP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,231</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>