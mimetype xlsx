--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1701ff1a3eb041d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8fd6c39eee40c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb99f77b57bfc4b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc39e0faa83f42dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0448070246d4a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb99f77b57bfc4b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84cc229417064519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc39e0faa83f42dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of the Dow Low Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CEP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>