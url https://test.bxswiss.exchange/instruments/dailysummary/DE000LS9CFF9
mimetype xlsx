--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa74d1259f154964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70c5cfa7b904434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc97991917f464601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03fceb7253e4ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b97822f6f34583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc97991917f464601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69e0e91b0a2486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03fceb7253e4ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChinaAktien an Frankfurter Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,018</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>