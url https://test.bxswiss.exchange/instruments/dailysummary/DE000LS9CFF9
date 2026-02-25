--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70c5cfa7b904434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc987f46aedc947e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03fceb7253e4ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbeeea4f83a4b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69e0e91b0a2486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03fceb7253e4ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e129d8665a4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbeeea4f83a4b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChinaAktien an Frankfurter Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>