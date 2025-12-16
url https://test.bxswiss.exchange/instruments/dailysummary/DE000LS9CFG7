--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea75bf27095d47b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bd6497d2314c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552d4b799a134399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030bfab218824395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c8edb886084b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552d4b799a134399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d2b4f930c54f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030bfab218824395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,337</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>