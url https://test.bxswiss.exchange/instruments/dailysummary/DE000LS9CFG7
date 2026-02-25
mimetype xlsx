--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bd6497d2314c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724c07663ea445cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030bfab218824395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06701ea942b64181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d2b4f930c54f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030bfab218824395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43a787b8ced4f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06701ea942b64181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GelassenLangfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>