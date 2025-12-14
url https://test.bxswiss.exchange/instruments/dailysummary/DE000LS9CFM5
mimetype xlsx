--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c95a3e764e4771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b05ef8992ab42ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff8e66e522647a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53821c26605a4158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fa7ae94cf542d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff8e66e522647a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8726b36b7d43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53821c26605a4158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROGO US Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>264,443</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>