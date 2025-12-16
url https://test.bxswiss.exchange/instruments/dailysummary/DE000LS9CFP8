--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa104e6f61774bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4994b402bd4433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f4200d5097c4bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9885f2a1d3994cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386c574e805848e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f4200d5097c4bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1e2b83b6da4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9885f2a1d3994cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>88,379</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,309</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>88,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,914</x:t>
-[...70 lines deleted...]
-          <x:t>87,792</x:t>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,673</x:t>
-[...274 lines deleted...]
-          <x:t>88,110</x:t>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>