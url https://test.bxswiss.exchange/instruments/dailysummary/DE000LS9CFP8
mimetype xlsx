--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4994b402bd4433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7fcca1a54d4a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9885f2a1d3994cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2338e8d2fb924736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1e2b83b6da4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9885f2a1d3994cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raddf88dc323b41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2338e8d2fb924736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only Stock-Werte Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CFP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>87,636</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,520</x:t>
-[...124 lines deleted...]
-          <x:t>87,809</x:t>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,686</x:t>
-[...269 lines deleted...]
-          <x:t>87,887</x:t>
+          <x:t>87,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>