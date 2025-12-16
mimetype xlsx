--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f1d065dac4c4c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7724ac7d6b5e42e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b4bce0640004c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e753dabafa4a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b036c3395514b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b4bce0640004c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d2a586c9f3452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e753dabafa4a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowUp Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>