--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7724ac7d6b5e42e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd04de522cded49ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e753dabafa4a92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R322e696a71604db8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d2a586c9f3452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e753dabafa4a92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f3a499a6634dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R322e696a71604db8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FollowUp Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,376</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>01.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,428</x:t>
-[...151 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>1,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,410</x:t>
-[...117 lines deleted...]
-          <x:t>1,292</x:t>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>