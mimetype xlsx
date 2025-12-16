--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352fc5704ab349c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345a563635964fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76dccb6355774d06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd178da57044c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d3d0e6ce434f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76dccb6355774d06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77416ed242940db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd178da57044c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.399,760</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>