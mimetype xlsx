--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345a563635964fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56136d10b9e04c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd178da57044c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39382ae609c4ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77416ed242940db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd178da57044c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f87311783604a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39382ae609c4ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investmentideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.415,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.421,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.400,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.416,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>