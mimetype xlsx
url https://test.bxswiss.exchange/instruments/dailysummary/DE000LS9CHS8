--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ed6a0b235f428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801a79b9216245f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e73cec38ba47ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b4d92af84642df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re349fecafc404d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e73cec38ba47ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9785415173b45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b4d92af84642df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>342,119</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>