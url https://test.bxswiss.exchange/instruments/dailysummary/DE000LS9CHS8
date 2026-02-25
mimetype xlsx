--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801a79b9216245f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267918d94458426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b4d92af84642df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b0852634fce417f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9785415173b45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b4d92af84642df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4278ae290d464481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b0852634fce417f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>331,432</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>329,389</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>327,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>