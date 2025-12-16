--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27f46e111c34155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e97b13dd564be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R877b91d599e2432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda29319111a44983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82d3a014cbf475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R877b91d599e2432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd687866ce7542df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda29319111a44983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D Drucker best of</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,297</x:t>
-[...16 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>34,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,362</x:t>
-[...129 lines deleted...]
-          <x:t>34,253</x:t>
+          <x:t>34,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,207</x:t>
-[...274 lines deleted...]
-          <x:t>34,378</x:t>
+          <x:t>34,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>