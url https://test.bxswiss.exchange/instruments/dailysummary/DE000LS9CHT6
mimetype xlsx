--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e97b13dd564be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb985ab92357b460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda29319111a44983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6444d9a411e4412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd687866ce7542df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda29319111a44983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b39aece4934cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6444d9a411e4412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D Drucker best of</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>34,124</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,069</x:t>
-[...178 lines deleted...]
-          <x:t>34,261</x:t>
+          <x:t>34,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,213</x:t>
-[...269 lines deleted...]
-          <x:t>34,290</x:t>
+          <x:t>34,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>