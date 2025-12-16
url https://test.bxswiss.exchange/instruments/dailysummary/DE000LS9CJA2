--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9f3bd0b1ed4c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e8f01fa2aa477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a36c24cb3d44e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02698d53af9b4af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b4b8a0835c4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a36c24cb3d44e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca045b564dd94cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02698d53af9b4af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing ohne Diversi.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,416</x:t>
-[...4 lines deleted...]
-          <x:t>39,328</x:t>
+          <x:t>39,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,404</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>39,497</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,409</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>39,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>