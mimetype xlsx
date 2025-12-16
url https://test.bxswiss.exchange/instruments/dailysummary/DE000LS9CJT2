--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red1a5f955abf4137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74fa82c78bc4ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4f27c41feb4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676b1ab3fad94c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb2912569ae4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4f27c41feb4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red5e610444024869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676b1ab3fad94c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>141,994</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,628</x:t>
-[...458 lines deleted...]
-          <x:t>141,922</x:t>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>