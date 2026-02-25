--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74fa82c78bc4ff2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a781dceb5a4c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676b1ab3fad94c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4d596f49bb4538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red5e610444024869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676b1ab3fad94c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b957b3b92534631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4d596f49bb4538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>