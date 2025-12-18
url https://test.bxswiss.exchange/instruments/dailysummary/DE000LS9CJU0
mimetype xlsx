--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5125510fe1824c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2279ae849b6f4479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd65bba223edf49e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc430d7a6ff4abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ea7ff3ccb443c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd65bba223edf49e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f54e08f1f0475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc430d7a6ff4abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>326,633</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>