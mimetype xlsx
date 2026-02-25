--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2279ae849b6f4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781f717fb8054f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc430d7a6ff4abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a0eea22c96f40c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39f54e08f1f0475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc430d7a6ff4abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R119e749ab07847d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a0eea22c96f40c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>