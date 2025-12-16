--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e3e79932fa43d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3ffccf47fa4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R562697b8da084221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd832a969ce174d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c088de544974540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R562697b8da084221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f21e9e18f04cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd832a969ce174d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>197,477</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>