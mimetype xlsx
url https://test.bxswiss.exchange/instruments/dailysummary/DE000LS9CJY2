--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3ffccf47fa4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6295342ccb84237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd832a969ce174d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbdc9a8ede124fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f21e9e18f04cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd832a969ce174d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8b8588109d4e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbdc9a8ede124fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>195,317</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,185</x:t>
-[...156 lines deleted...]
-          <x:t>193,408</x:t>
+          <x:t>193,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>194,359</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>