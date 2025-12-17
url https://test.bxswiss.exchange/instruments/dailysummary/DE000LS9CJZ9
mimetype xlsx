--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd13590d41a2a4fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8441a33d4f3c4848" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R529981ffc8944b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f07d1880b4448f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R335d0d2a6ec64dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R529981ffc8944b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e5c37cdc5e410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f07d1880b4448f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>224,588</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>