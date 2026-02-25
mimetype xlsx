--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8441a33d4f3c4848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95db36d994a24a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f07d1880b4448f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951463f2d3e34eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e5c37cdc5e410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f07d1880b4448f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R185587ddd5f54995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951463f2d3e34eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>