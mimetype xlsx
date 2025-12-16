--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3df8884119b4cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2dc17002c484f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846b3035d9464c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5629798d017c46a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc215ece0301c4965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846b3035d9464c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63e937c7b6545af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5629798d017c46a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>197,734</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,634</x:t>
-[...215 lines deleted...]
-          <x:t>199,325</x:t>
+          <x:t>197,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>