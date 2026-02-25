--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2dc17002c484f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b92f3002a240fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5629798d017c46a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3251a5d0b79b457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63e937c7b6545af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5629798d017c46a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc193f049e2d4d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3251a5d0b79b457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>211,361</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,484</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>210,557</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>