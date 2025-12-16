--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab2d3e6b6e264c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1492fe51a24a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2302b86af04ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4901c13cd8274bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a8a9319debe48a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2302b86af04ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e79195355ae4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4901c13cd8274bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>132,909</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,855</x:t>
-[...465 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>132,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,931</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>134,216</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>