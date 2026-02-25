--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1492fe51a24a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9609e01b0762450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4901c13cd8274bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3af818ae8094d70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e79195355ae4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4901c13cd8274bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48d1500e7c914592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3af818ae8094d70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>