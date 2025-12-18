--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14d4585063b4dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d832c85e7344338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9badc1ac6dc341cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708f62e308cf4a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1972eb224954fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9badc1ac6dc341cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64630666c51c41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708f62e308cf4a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Iudex Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>235,746</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>