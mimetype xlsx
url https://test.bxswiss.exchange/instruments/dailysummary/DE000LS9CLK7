--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d832c85e7344338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1918522644e48c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708f62e308cf4a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc1e8d23348f4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64630666c51c41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708f62e308cf4a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9df56fcb56624c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc1e8d23348f4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Iudex Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>