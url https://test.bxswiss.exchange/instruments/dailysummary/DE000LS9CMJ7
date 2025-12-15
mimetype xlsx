--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9b02ce980f49bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee36f90487642d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac702b9904b46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499406ac2bef4330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db4cd1e00b94d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac702b9904b46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f5e88702d264227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499406ac2bef4330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,529</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>