--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee36f90487642d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552b2a88921046ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499406ac2bef4330"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce46e053e8164e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f5e88702d264227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499406ac2bef4330" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009fb2a8bacb4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce46e053e8164e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>158,739</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>