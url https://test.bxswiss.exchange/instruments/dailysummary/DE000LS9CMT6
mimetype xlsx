--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0acb612302a44de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redde9c26e2e54df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998120ce16084a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1037a2201d64970"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae71b81ab0c740de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998120ce16084a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb841fa2e1b374b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1037a2201d64970" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>238,944</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>