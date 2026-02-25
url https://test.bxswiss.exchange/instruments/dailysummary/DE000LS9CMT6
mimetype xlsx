--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redde9c26e2e54df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdedc2ba178c74b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1037a2201d64970"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac5476c489d4356"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb841fa2e1b374b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1037a2201d64970" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra18a08139713444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac5476c489d4356" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>