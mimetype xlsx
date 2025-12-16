--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra145cf7080724772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ec96b2a7d04ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2990d9f1d634b18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f0098cdd294914"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f25a3a8e78442b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2990d9f1d634b18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc039cfaffb8d4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f0098cdd294914" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>215,747</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>