--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ec96b2a7d04ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48fc0a127b74ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f0098cdd294914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d731fbf20904341"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc039cfaffb8d4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f0098cdd294914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb73cb23d154196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d731fbf20904341" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>